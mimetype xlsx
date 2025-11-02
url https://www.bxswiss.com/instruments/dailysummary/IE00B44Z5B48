--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8d2a182624429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541e34a1c4a649ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re10416b829904b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65733bac8054fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e25e4086e5a491f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re10416b829904b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cefb6a5ca74d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65733bac8054fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,552</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>