--- v1 (2025-11-02)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R541e34a1c4a649ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f39890b2014afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf65733bac8054fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd68434e602c4e20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1cefb6a5ca74d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf65733bac8054fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e745c8ab80462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd68434e602c4e20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>226,833</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>226,677</x:t>
-[...134 lines deleted...]
-          <x:t>229,408</x:t>
+          <x:t>227,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>