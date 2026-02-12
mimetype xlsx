--- v2 (2026-01-02)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f39890b2014afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6453eea4c91e432e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd68434e602c4e20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c8d4ebcf2349b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e745c8ab80462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd68434e602c4e20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07ae429d2294c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c8d4ebcf2349b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>229,842</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>