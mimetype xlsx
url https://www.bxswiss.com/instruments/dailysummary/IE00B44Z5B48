--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6453eea4c91e432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07df4f5d9e14812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c8d4ebcf2349b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45635c1fabdf4ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb07ae429d2294c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c8d4ebcf2349b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2bdf60dd234acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45635c1fabdf4ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>227,463</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,086</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>232,019</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>