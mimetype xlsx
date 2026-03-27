--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd07df4f5d9e14812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e1cddbd699e4733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45635c1fabdf4ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb23edef6d65641f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2bdf60dd234acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45635c1fabdf4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2224e816864a4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb23edef6d65641f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI ACWI UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B44Z5B48</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>