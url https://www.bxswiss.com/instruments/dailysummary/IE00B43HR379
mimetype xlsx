--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42e2fce7ae24c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bf9d7b5c21400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405e6ee219c24438"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba0e167c0914d3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77aef73492584bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405e6ee219c24438" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fbb32c46cd48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba0e167c0914d3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B43HR379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>8,843</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,836</x:t>
-[...92 lines deleted...]
-          <x:t>8,566</x:t>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,559</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>8,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,639</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>