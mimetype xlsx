--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bf9d7b5c21400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7ab6d2cfbe456d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reba0e167c0914d3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6575dd1926994198"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95fbb32c46cd48d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reba0e167c0914d3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6cad4962864505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6575dd1926994198" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B43HR379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,314</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>