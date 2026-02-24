--- v2 (2026-01-11)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7ab6d2cfbe456d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707c7a0cfe1e47f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6575dd1926994198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae971398870426a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6cad4962864505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6575dd1926994198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3b835c2ef542e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae971398870426a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B43HR379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>9,962</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,764</x:t>
-[...16 lines deleted...]
-          <x:t>9,838</x:t>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,812</x:t>
-[...296 lines deleted...]
-          <x:t>10,121</x:t>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>