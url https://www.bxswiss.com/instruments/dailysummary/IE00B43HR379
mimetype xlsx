--- v3 (2026-02-24)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R707c7a0cfe1e47f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418e642359b942fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ae971398870426a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78a5672eb72e4e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c3b835c2ef542e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ae971398870426a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4fc497380264d85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78a5672eb72e4e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Health Care Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B43HR379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,792</x:t>
-[...21 lines deleted...]
-          <x:t>9,514</x:t>
+          <x:t>9,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>9,508</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,541</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>9,828</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>