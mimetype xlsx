--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93a7312ab65840e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5483b95c2464ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1c047ad26d5407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re029906d5d5240d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe077244711143a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1c047ad26d5407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc98329d6a3a4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re029906d5d5240d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,057</x:t>
-[...31 lines deleted...]
-          <x:t>103,602</x:t>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>