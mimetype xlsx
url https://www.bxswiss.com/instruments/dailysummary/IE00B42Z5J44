--- v1 (2025-11-14)
+++ v2 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5483b95c2464ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4867ccd4e53143f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re029906d5d5240d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64313bf60ad045b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc98329d6a3a4de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re029906d5d5240d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bef91edab224f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64313bf60ad045b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>106,814</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>