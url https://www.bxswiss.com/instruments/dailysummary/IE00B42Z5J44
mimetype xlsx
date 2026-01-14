--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4867ccd4e53143f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715395eb0aaf4b09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64313bf60ad045b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48b4a3a9ece4427"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bef91edab224f68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64313bf60ad045b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb647021eee064493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48b4a3a9ece4427" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>