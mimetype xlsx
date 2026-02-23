--- v3 (2026-01-14)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R715395eb0aaf4b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacaa5231aa04d0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf48b4a3a9ece4427"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc663e8a4fcd94333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb647021eee064493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf48b4a3a9ece4427" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1701e5f03c90424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc663e8a4fcd94333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>111,669</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,572</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>116,932</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>