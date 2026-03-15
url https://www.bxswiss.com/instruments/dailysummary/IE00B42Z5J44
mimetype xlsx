--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacaa5231aa04d0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6330ee0b0344c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc663e8a4fcd94333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe31c3c83bcc40e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1701e5f03c90424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc663e8a4fcd94333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be41bea3efc42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe31c3c83bcc40e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V MSCI Japan EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42Z5J44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>