--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8cb7c3bfd244b5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff234b16abd4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21f3e1a9550e4ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35fba4e2d7bd456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e2e60a0129a4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21f3e1a9550e4ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df54a3edee042b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35fba4e2d7bd456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Energy Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42NKQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,286</x:t>
-[...48 lines deleted...]
-          <x:t>7,273</x:t>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>7,304</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,338</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>7,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>