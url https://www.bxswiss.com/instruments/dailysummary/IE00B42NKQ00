--- v1 (2025-11-07)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff234b16abd4294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618a16f9aa564c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35fba4e2d7bd456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1501b8fba57f427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3df54a3edee042b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35fba4e2d7bd456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5003e20eec7c4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1501b8fba57f427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Energy Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42NKQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>7,423</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>7,426</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>