--- v2 (2026-01-08)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618a16f9aa564c19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0d7b5c9f5c4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1501b8fba57f427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd2a94c59b64a33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5003e20eec7c4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1501b8fba57f427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd676361a8d4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd2a94c59b64a33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Energy Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42NKQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>7,639</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,555</x:t>
-[...362 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,015</x:t>
-[...63 lines deleted...]
-          <x:t>7,603</x:t>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>