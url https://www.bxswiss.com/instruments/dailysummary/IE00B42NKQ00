--- v3 (2026-01-29)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b0d7b5c9f5c4362" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ad6003031694ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fd2a94c59b64a33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd343928ffd0d4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cd676361a8d4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fd2a94c59b64a33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aae5a04223c4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd343928ffd0d4d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Energy Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B42NKQ00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...532 lines deleted...]
-          <x:t>8,094</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>