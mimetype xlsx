--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565a038493634b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0a3e8450434958" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R077fc8cb411f426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e48f448c3a44ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bff25b6888a44d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R077fc8cb411f426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e1fbf450794a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e48f448c3a44ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>128,234</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>128,513</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>