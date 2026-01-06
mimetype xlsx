--- v1 (2025-11-02)
+++ v2 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0a3e8450434958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc67830425947d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7e48f448c3a44ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc707729d8f714748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63e1fbf450794a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7e48f448c3a44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527d9a25fa2e448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc707729d8f714748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,581</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>