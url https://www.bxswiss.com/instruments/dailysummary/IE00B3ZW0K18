--- v2 (2026-01-06)
+++ v3 (2026-01-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbc67830425947d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91fc7aaaffe4505" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc707729d8f714748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a46d3a4844543d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527d9a25fa2e448b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc707729d8f714748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4638baae3f8428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a46d3a4844543d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +251,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>