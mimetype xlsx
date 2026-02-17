--- v3 (2026-01-27)
+++ v4 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra91fc7aaaffe4505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594921e6f6d64941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a46d3a4844543d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05fd64187ce64ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4638baae3f8428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a46d3a4844543d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d2dc617a2c4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05fd64187ce64ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>