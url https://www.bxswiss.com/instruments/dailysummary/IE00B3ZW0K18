--- v4 (2026-02-17)
+++ v5 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R594921e6f6d64941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5452e69c2c4d4e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05fd64187ce64ad7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1352d04807a41c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81d2dc617a2c4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05fd64187ce64ad7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532ad8db424c4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1352d04807a41c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,858</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>130,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,806</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>