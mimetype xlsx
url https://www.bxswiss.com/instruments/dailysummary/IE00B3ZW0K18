--- v5 (2026-03-09)
+++ v6 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5452e69c2c4d4e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R969fdc5163a54f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1352d04807a41c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd443a5880d394327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532ad8db424c4cc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1352d04807a41c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d31af2d13b84899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd443a5880d394327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 EUR Hedged UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3ZW0K18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,825</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>