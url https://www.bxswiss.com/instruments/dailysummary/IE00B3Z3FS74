--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc61693c9f1114043" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b2928ba00c47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79cc04a359334b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R005ad508ae494a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc4604db38844bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79cc04a359334b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc450ee7a168e4aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R005ad508ae494a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>