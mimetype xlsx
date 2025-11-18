--- v1 (2025-10-27)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b2928ba00c47f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d00393a75844514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R005ad508ae494a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230292457eaf40d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc450ee7a168e4aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R005ad508ae494a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222390d5d8954bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230292457eaf40d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>55,270</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,196</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>55,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,824</x:t>
         </x:is>
       </x:c>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>