--- v2 (2025-11-18)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d00393a75844514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1112fa94bcd4931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R230292457eaf40d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87368f17f1e943dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R222390d5d8954bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R230292457eaf40d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref28c9a8ba644a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87368f17f1e943dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>55,685</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>