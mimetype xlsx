--- v3 (2026-01-07)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1112fa94bcd4931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0057eadd63534d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87368f17f1e943dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7f136437950440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref28c9a8ba644a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87368f17f1e943dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda90d0c8752d41be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7f136437950440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS FdSo - MSCI Emerging Markets SF UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Z3FS74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>59,161</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>