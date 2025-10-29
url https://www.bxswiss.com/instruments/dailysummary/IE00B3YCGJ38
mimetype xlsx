--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3cc58286c514a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc270205772a6413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f08cdaee3574791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60967e715fff438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe46448c350e428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f08cdaee3574791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b08db27e53c4a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60967e715fff438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.060,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.055,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.056,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.067,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.072,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.065,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.065,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.055,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.032,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.050,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.025,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.057,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.067,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>