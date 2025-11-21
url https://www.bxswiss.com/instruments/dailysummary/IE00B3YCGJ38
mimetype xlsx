--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc270205772a6413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f00615bf8d64bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60967e715fff438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf884b38f75fe49d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b08db27e53c4a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60967e715fff438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4f0392a1a44fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf884b38f75fe49d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.057,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.061,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.053,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.060,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.086,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.093,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.086,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.045,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.049,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>