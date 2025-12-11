--- v2 (2025-11-21)
+++ v3 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f00615bf8d64bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcc101048034547" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf884b38f75fe49d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e082e073d3d4f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4f0392a1a44fc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf884b38f75fe49d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca43482fcba4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e082e073d3d4f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.087,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.092,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.085,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.087,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.080,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.089,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.073,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.074,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.047,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.044,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.093,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>