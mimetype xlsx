--- v3 (2025-12-11)
+++ v4 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcc101048034547" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f4c953500f04c34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e082e073d3d4f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae747cf06574299"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcca43482fcba4b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e082e073d3d4f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a28b62db7d4431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae747cf06574299" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.106,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.101,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.104,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,355 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.090,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.091,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.082,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.086,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>