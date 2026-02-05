--- v4 (2026-01-06)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f4c953500f04c34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963dc23d0b6444cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae747cf06574299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a3b16a2fad4b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a28b62db7d4431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae747cf06574299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed7892c78b74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a3b16a2fad4b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>10,731</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,745</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>10,983</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>