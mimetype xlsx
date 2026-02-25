--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963dc23d0b6444cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f751e367db4448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a3b16a2fad4b44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc55eeac6bb437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed7892c78b74f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a3b16a2fad4b44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d24191cff74ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc55eeac6bb437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,901</x:t>
-[...53 lines deleted...]
-          <x:t>10,932</x:t>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,899</x:t>
-[...16 lines deleted...]
-          <x:t>10,777</x:t>
+          <x:t>10,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,674</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>10,772</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,686</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,581</x:t>
-[...21 lines deleted...]
-          <x:t>10,568</x:t>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>10,711</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>