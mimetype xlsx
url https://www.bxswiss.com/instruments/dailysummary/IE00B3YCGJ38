--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51f751e367db4448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61368e45590f4b4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dc55eeac6bb437c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a58d90574ea4943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d24191cff74ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dc55eeac6bb437c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc41a781535f74ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a58d90574ea4943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3YCGJ38</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,711</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,698</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,523</x:t>
-[...102 lines deleted...]
-          <x:t>10,762</x:t>
+          <x:t>10,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,711</x:t>
-[...16 lines deleted...]
-          <x:t>10,722</x:t>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,506</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,586</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>10,629</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>