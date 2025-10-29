--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e66187fa8e499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcaae51201043f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6caeb7c820024f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f17c694c0d43b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5990701fcf384123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6caeb7c820024f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170d5fee9e3d417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f17c694c0d43b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3XXRP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,122 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>99,510</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,746</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,349</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>