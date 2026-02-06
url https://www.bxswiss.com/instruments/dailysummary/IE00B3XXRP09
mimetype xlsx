--- v1 (2025-10-29)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebcaae51201043f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2398dc2a651644a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64f17c694c0d43b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea584b2db2b48f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R170d5fee9e3d417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64f17c694c0d43b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025fe59323d444ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea584b2db2b48f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3XXRP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>101,092</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,582</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>103,585</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>