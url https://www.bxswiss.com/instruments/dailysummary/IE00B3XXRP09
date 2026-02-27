--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2398dc2a651644a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71af3d4558624aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea584b2db2b48f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d83389a9a446de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025fe59323d444ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea584b2db2b48f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a641d06e1e4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d83389a9a446de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3XXRP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>