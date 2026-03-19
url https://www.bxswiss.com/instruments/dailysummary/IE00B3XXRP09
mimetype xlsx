--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71af3d4558624aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08d860ae8ece4a64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04d83389a9a446de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ad96cf89294fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a641d06e1e4974" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04d83389a9a446de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebddb8581d944ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ad96cf89294fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard S&amp;P 500 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3XXRP09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>100,532</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,791</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>99,707</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,892</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,317</x:t>
-[...144 lines deleted...]
-          <x:t>101,506</x:t>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>