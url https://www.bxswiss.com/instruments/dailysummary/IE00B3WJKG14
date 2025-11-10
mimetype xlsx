--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7500f161958943a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b53f8a56c434ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b270266fcfa43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab141c6793fc454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69a6150ac7484f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b270266fcfa43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd6679eb9b946e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab141c6793fc454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3WJKG14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,561</x:t>
+          <x:t>34,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,333</x:t>
-[...151 lines deleted...]
-          <x:t>33,432</x:t>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,304</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>32,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,262</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>