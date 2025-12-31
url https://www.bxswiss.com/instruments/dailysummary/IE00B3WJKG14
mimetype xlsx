--- v1 (2025-11-10)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b53f8a56c434ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db0fae3948a4ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab141c6793fc454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b4b0d707bd4cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fd6679eb9b946e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab141c6793fc454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cc5966b47c499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b4b0d707bd4cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3WJKG14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>33,108</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>