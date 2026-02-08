--- v2 (2025-12-31)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db0fae3948a4ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402a98be84f444dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b4b0d707bd4cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6eba50242044314"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cc5966b47c499f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b4b0d707bd4cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9777116dddaf448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6eba50242044314" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3WJKG14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>30,000</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,537</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,924</x:t>
-[...151 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>33,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,441</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>33,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,239</x:t>
-[...80 lines deleted...]
-          <x:t>33,416</x:t>
+          <x:t>32,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>