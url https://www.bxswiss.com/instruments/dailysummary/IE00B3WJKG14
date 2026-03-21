--- v3 (2026-02-08)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402a98be84f444dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe3fc9ce10d94a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6eba50242044314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b6a8dbc1c34023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9777116dddaf448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6eba50242044314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R728a748d434e4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b6a8dbc1c34023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares V S&amp;P 500 Information Technology Sector UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3WJKG14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>31,247</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>