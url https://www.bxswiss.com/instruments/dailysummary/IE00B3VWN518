--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59472ba163c408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dc45c583914b4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raaf7b851094f47a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49f567f80b94e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd2d88df5c7b4190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raaf7b851094f47a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9899d437bb654fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49f567f80b94e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>122,163</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,736</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>122,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>