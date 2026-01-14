--- v1 (2025-10-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dc45c583914b4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477d7505d3a346fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49f567f80b94e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be37d3bf8b84feb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9899d437bb654fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49f567f80b94e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31972b6177cd404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be37d3bf8b84feb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>122,430</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,149</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>123,007</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>123,379</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>