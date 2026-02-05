--- v2 (2026-01-14)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R477d7505d3a346fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f41ab091374e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0be37d3bf8b84feb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b318198c9ad4282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31972b6177cd404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0be37d3bf8b84feb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc8ae2eeebe4493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b318198c9ad4282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>123,063</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,654</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>122,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,392</x:t>
-[...269 lines deleted...]
-          <x:t>123,920</x:t>
+          <x:t>122,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>