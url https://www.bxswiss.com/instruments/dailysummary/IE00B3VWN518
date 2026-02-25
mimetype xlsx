--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92f41ab091374e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111eaf7fb4a94d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b318198c9ad4282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd695b640b55d4dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc8ae2eeebe4493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b318198c9ad4282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5dcd7690724cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd695b640b55d4dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,711</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>