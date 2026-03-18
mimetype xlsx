--- v4 (2026-02-25)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R111eaf7fb4a94d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0105997e509f4148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd695b640b55d4dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a464c4cf391462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e5dcd7690724cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd695b640b55d4dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88022b0e8bc49c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a464c4cf391462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 7-10yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>