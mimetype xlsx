--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cbd7fe557441c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c177962095249a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4537d055cb2a45a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c99074579e1497c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892f4b24e5954212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4537d055cb2a45a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03b5cd484ac445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c99074579e1497c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 3-7yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>113,319</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,904</x:t>
-[...598 lines deleted...]
-          <x:t>113,924</x:t>
+          <x:t>114,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>