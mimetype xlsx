--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c177962095249a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45973d4e24c148b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c99074579e1497c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51eb533b59e44ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03b5cd484ac445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c99074579e1497c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aeb14cfa5ce46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51eb533b59e44ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 3-7yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>114,226</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,276</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,936</x:t>
-[...107 lines deleted...]
-          <x:t>114,038</x:t>
+          <x:t>114,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,720</x:t>
-[...119 lines deleted...]
-          <x:t>113,594</x:t>
+          <x:t>113,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,939</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>114,254</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>