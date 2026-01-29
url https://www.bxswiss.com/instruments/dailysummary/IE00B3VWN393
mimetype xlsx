--- v2 (2026-01-08)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45973d4e24c148b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b73f83260e4797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51eb533b59e44ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d20da86324049b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1aeb14cfa5ce46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51eb533b59e44ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9236934f224a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d20da86324049b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 3-7yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>