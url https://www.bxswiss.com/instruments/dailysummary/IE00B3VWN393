--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b73f83260e4797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb320532d869462c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d20da86324049b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ca0ffa556e74e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e9236934f224a4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d20da86324049b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39813fdd1a074371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ca0ffa556e74e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII USD Treasury Bond 3-7yr UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWN393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>