--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36661e37a848466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76e67d449f646ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f3074ab7b3847ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac09bc3efef4730"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82e0bd6595af4981" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f3074ab7b3847ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00a2f56ced7457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac09bc3efef4730" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWMM18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>304,845</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,867</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...516 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,802</x:t>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>