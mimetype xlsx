--- v1 (2025-11-04)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd76e67d449f646ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ceaaaa8793479e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ac09bc3efef4730"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e39fe29f6744c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00a2f56ced7457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ac09bc3efef4730" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cd3903bbdc452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e39fe29f6744c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWMM18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>303,174</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>