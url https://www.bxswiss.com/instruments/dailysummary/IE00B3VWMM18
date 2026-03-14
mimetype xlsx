--- v2 (2026-01-07)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60ceaaaa8793479e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd0d5e8b6a604572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e39fe29f6744c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83aaed9dbd6c421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7cd3903bbdc452d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e39fe29f6744c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdc1aa0fd1934c18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83aaed9dbd6c421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI EMU Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWMM18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>319,108</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>