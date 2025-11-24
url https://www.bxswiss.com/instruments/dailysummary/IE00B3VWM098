--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271681bbebba4390" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e3c934c10047da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e41342bc81347c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d212e4f5aa46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62e0a57ab4bd4393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e41342bc81347c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf362c7f6b45043f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d212e4f5aa46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA Small Cap ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWM098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>459,659</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>