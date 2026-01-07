--- v1 (2025-11-24)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17e3c934c10047da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cedc1a957f948ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08d212e4f5aa46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c08b5e670664a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf362c7f6b45043f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08d212e4f5aa46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634f3629446c4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c08b5e670664a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA Small Cap ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWM098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>460,145</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>