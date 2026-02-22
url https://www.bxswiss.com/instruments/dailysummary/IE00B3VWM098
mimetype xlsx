--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cedc1a957f948ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1327fbb44a14c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c08b5e670664a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324e5ef452bf4ea1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R634f3629446c4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c08b5e670664a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c604949b514276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324e5ef452bf4ea1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA Small Cap ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWM098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>486,225</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,883</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>