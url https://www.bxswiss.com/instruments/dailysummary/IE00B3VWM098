--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1327fbb44a14c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0286157f995d4399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324e5ef452bf4ea1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e23ddbbe2724ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c604949b514276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324e5ef452bf4ea1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11d8b8dcb2e048ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e23ddbbe2724ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI USA Small Cap ESG Enhanced CTB UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWM098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>492,899</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>496,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>