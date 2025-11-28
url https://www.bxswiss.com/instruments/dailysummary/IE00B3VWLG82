--- v0 (2025-10-15)
+++ v1 (2025-11-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b8a234f46d5464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra986df5347294bea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R616a6185f73c4f66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf286d24ad89c4ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8f06a3408f4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R616a6185f73c4f66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d74af8d8384c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf286d24ad89c4ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>274,343</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>