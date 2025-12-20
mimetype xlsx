--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra986df5347294bea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b2c14048c8406d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf286d24ad89c4ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc9263c67454ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76d74af8d8384c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf286d24ad89c4ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05275d2bdbd343b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc9263c67454ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>