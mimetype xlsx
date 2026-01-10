--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b2c14048c8406d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5ade7fe25d4776" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbc9263c67454ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c8fa9b8fec409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05275d2bdbd343b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbc9263c67454ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72c4305d3544e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c8fa9b8fec409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,903</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,419</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>