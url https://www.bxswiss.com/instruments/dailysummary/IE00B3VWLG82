--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5ade7fe25d4776" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a130c20552e4f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60c8fa9b8fec409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9a3fb5f78646f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72c4305d3544e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60c8fa9b8fec409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595a1c26e9e54a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9a3fb5f78646f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>291,419</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>