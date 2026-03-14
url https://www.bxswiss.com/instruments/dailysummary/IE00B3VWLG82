--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a130c20552e4f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d19a2e337343df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c9a3fb5f78646f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c285e6f7dc41d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595a1c26e9e54a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c9a3fb5f78646f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cc491b556b4ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c285e6f7dc41d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII MSCI UK Small Cap UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VWLG82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>291,585</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>290,735</x:t>
-[...11 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>293,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,991</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,555</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>