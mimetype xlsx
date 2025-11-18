--- v0 (2025-10-07)
+++ v1 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R745a683f9f3e46d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbafd7723e9449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf24b3c7dadd4b8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153de4857f30467f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f9052149f1f4542" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf24b3c7dadd4b8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307c62609a354148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153de4857f30467f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VVMM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>60,123</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>