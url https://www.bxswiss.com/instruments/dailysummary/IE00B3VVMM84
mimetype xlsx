--- v1 (2025-11-18)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dbafd7723e9449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935aa637c7714aad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R153de4857f30467f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520eb91d15794048"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R307c62609a354148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R153de4857f30467f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0339c87ef04345c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520eb91d15794048" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VVMM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,789</x:t>
-[...178 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,189</x:t>
-[...198 lines deleted...]
-          <x:t>59,569</x:t>
+          <x:t>59,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>