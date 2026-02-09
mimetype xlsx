--- v2 (2026-01-09)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935aa637c7714aad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecc8c71c5a345c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R520eb91d15794048"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc05bbbb1fe1469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0339c87ef04345c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R520eb91d15794048" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc6008d665154e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc05bbbb1fe1469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VVMM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>