--- v3 (2026-02-09)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ecc8c71c5a345c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc10d55953b744344" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc05bbbb1fe1469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ef5fc740f64727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc6008d665154e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc05bbbb1fe1469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffdcc40d38f4098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ef5fc740f64727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Emerging Markets UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VVMM84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>61,736</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>