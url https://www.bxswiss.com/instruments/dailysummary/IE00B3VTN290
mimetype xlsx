--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1afc3df671a54e9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a0f62df5d04668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5a12aa9c2440fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf64c127abe4fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793f82ba69934691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5a12aa9c2440fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b60fd484ff498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf64c127abe4fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII € Govt Bond 7-10yr UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTN290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,188</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>152,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,725</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>