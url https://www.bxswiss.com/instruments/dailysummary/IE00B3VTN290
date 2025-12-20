--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3a0f62df5d04668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c964c5ecd2460a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radf64c127abe4fb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2455f624b794acd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7b60fd484ff498a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radf64c127abe4fb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712eb80beb614093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2455f624b794acd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII € Govt Bond 7-10yr UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTN290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>152,543</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,283</x:t>
-[...490 lines deleted...]
-          <x:t>153,841</x:t>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>