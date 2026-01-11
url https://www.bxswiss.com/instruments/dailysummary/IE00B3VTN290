--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08c964c5ecd2460a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196d57b89d9a4850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2455f624b794acd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba1d1af925f4ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R712eb80beb614093" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2455f624b794acd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra586b466c9104caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba1d1af925f4ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII € Govt Bond 7-10yr UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTN290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>152,116</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,168</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>152,347</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>