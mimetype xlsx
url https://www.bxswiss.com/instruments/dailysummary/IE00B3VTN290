--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196d57b89d9a4850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1d927b1b3884ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba1d1af925f4ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R270f2f8946cc491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra586b466c9104caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba1d1af925f4ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcc3c11b820d4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R270f2f8946cc491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII € Govt Bond 7-10yr UCITS ETF EUR Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTN290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,452</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>