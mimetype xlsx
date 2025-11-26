--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba56b822c7746dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0a2187580d4522" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a73d38bef6f4fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ce3fa35af7143f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b12a24c6db446e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a73d38bef6f4fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d12ef66db0642d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ce3fa35af7143f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>124,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,434</x:t>
-[...173 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>124,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,985</x:t>
-[...4 lines deleted...]
-          <x:t>124,589</x:t>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>124,918</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,711</x:t>
-[...220 lines deleted...]
-          <x:t>124,729</x:t>
+          <x:t>125,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>