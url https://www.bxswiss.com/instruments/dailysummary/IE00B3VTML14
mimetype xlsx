--- v1 (2025-11-26)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d0a2187580d4522" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racce1bf7aaf24e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ce3fa35af7143f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43dbc83f321d400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d12ef66db0642d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ce3fa35af7143f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfefcbb749f94029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43dbc83f321d400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...166 lines deleted...]
-          <x:t>124,903</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>124,686</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>125,523</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>