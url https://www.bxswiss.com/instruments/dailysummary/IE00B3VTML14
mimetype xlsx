--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racce1bf7aaf24e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f89bd642a542cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43dbc83f321d400e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7716c76dfd64151"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfefcbb749f94029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43dbc83f321d400e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb35a33e52fc4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7716c76dfd64151" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>125,028</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,581</x:t>
-[...237 lines deleted...]
-          <x:t>124,444</x:t>
+          <x:t>125,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,313</x:t>
-[...134 lines deleted...]
-          <x:t>125,005</x:t>
+          <x:t>123,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>