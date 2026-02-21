--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3f89bd642a542cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7422d7f30a4c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7716c76dfd64151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d19d3a3ef144a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb35a33e52fc4614" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7716c76dfd64151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb488a90cf47e43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d19d3a3ef144a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>