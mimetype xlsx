--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb7422d7f30a4c58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b20968b59e34214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d19d3a3ef144a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra640e2fea8ca4c8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb488a90cf47e43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d19d3a3ef144a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R047c47aec18741c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra640e2fea8ca4c8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Euro Government Bond 3-7yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTML14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>123,596</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,072</x:t>
-[...75 lines deleted...]
-          <x:t>123,841</x:t>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,473</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>123,688</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>