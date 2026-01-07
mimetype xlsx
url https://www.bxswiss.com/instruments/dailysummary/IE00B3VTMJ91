--- v0 (2025-10-12)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0116b10c329546cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0d1e5b21664755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fe8e60cc3c54af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra26dc4ff28bb4249"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29ab64d2b5dd47c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fe8e60cc3c54af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40bb6d17de594965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra26dc4ff28bb4249" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Euro Government Bond 1-3yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTMJ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,915</x:t>
-[...301 lines deleted...]
-          <x:t>107,523</x:t>
+          <x:t>108,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>107,472</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,618</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>107,544</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>