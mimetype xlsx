--- v1 (2026-01-07)
+++ v2 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0d1e5b21664755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R952d7d198ba64aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra26dc4ff28bb4249"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd915242931411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40bb6d17de594965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra26dc4ff28bb4249" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294dd002d7fb46ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd915242931411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares VII Euro Government Bond 1-3yr UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VTMJ91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>107,833</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>