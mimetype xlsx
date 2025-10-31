--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6828c48a26a74af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf4d9d64bb64731" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3939ac3ba9f8422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f5125bcd4b4fb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56344c1af8554c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3939ac3ba9f8422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbcd02255f64774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f5125bcd4b4fb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Technology S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VSSL01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>668,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>674,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>666,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>672,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>684,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>688,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>682,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>733,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>