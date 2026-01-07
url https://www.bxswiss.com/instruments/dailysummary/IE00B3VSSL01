--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bf4d9d64bb64731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bb101bfdb24e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f5125bcd4b4fb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff7e753ab0f4ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bbcd02255f64774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f5125bcd4b4fb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cf2ff4d4ce45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff7e753ab0f4ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Technology S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VSSL01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>681,181</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>685,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>723,470</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>