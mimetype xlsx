--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bb101bfdb24e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d70e7994d2943a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ff7e753ab0f4ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd2fb7aa43642f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63cf2ff4d4ce45c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ff7e753ab0f4ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1753647abf48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd2fb7aa43642f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Technology S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VSSL01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>686,958</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>