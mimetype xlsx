--- v3 (2026-02-23)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d70e7994d2943a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68590c6937bc4f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd2fb7aa43642f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0ed0d1116a94ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d1753647abf48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd2fb7aa43642f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R530fbd5b0c874364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0ed0d1116a94ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Technology S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VSSL01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>652,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>653,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>633,051</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>645,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>641,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>