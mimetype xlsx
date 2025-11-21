--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfaac90e167244ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41538ffa5db241cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6755b57694414aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44f9629fd7784ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R324d0202b4a74986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6755b57694414aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ad01d3c2f74e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44f9629fd7784ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>520,826</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,894</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>