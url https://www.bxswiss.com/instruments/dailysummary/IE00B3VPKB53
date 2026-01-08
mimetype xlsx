--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41538ffa5db241cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c8bf2c2ce047d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44f9629fd7784ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e49ad213cb545b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ad01d3c2f74e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44f9629fd7784ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf659863fefa342c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e49ad213cb545b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>515,894</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>