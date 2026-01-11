--- v2 (2026-01-08)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c8bf2c2ce047d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d341dd173ec4f1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e49ad213cb545b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d02f4a317394ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf659863fefa342c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e49ad213cb545b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra529e008a47e4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d02f4a317394ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,104 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>487,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>486,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,057</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>