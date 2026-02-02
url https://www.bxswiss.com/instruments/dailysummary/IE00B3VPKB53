--- v3 (2026-01-11)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d341dd173ec4f1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8185330a4cfd4c15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d02f4a317394ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6964d69d21b54da0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra529e008a47e4572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d02f4a317394ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5b4f3064b342a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6964d69d21b54da0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>494,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>497,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>493,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>