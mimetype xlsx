--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8185330a4cfd4c15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7676581b664588" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6964d69d21b54da0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8da457f74324f6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5b4f3064b342a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6964d69d21b54da0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e4b137fdd64382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8da457f74324f6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>477,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>