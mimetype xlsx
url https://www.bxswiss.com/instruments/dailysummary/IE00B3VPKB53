--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7676581b664588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c357e1e89c4ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8da457f74324f6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb96b5ee51644c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8e4b137fdd64382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8da457f74324f6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6aac37e808954373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb96b5ee51644c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Utilities S&amp;P US Select Sector UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3VPKB53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>520,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>512,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>