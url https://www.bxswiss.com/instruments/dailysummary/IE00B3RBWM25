--- v0 (2025-10-10)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5600f32f91684b7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad1ee2a7aff34466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dfdce26fa6b41fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89816dc7067d478e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974aa87c514a441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dfdce26fa6b41fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d991a58b1594ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89816dc7067d478e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3RBWM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,784</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>