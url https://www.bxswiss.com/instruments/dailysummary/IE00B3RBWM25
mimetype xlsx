--- v1 (2025-11-15)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad1ee2a7aff34466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732e7fde7f1b4c22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89816dc7067d478e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380c4bcec2e44d2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d991a58b1594ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89816dc7067d478e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a145d4478744c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380c4bcec2e44d2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3RBWM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>131,371</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>132,502</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,931</x:t>
-[...301 lines deleted...]
-          <x:t>129,833</x:t>
+          <x:t>133,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>