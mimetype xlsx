--- v2 (2026-02-23)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732e7fde7f1b4c22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d6a8bce1ac4ce1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R380c4bcec2e44d2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f9db35aaf44d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a145d4478744c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R380c4bcec2e44d2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cfae5f70dfa4b34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f9db35aaf44d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE All-World UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3RBWM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>132,388</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,831</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>