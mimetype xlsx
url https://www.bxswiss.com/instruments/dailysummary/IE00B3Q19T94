--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6032f49c59cd4f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253c8cba08894393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8fb17289fd04f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf30cf0d984754c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff01d446936f436e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8fb17289fd04f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe94052174994cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf30cf0d984754c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>166,318</x:t>
-[...198 lines deleted...]
-          <x:t>160,007</x:t>
+          <x:t>164,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>