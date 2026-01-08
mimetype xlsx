--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253c8cba08894393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccc40d0721840d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf30cf0d984754c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8774c353504f0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe94052174994cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf30cf0d984754c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72bdd8041deb4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8774c353504f0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>165,091</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>