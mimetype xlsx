--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ccc40d0721840d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23ee2e9ed87048c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8774c353504f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07d6e512c534904"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72bdd8041deb4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8774c353504f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52e7568f6ab484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07d6e512c534904" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>