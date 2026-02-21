--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23ee2e9ed87048c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14cada6dd79741a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07d6e512c534904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27283cfe180a4ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra52e7568f6ab484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07d6e512c534904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1ee7de4dd342d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27283cfe180a4ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>191,767</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>188,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,523</x:t>
         </x:is>
       </x:c>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>