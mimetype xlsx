--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14cada6dd79741a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8929bf4e72de47d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27283cfe180a4ae0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3996ace60ab94978"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1ee7de4dd342d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27283cfe180a4ae0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R280bdc4e31024aad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3996ace60ab94978" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco EURO STOXX Optimised Banks UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3Q19T94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>187,575</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>186,619</x:t>
-[...571 lines deleted...]
-          <x:t>186,760</x:t>
+          <x:t>186,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>