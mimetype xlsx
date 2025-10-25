--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e632b068144d74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b68013cd23343b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da4046aca464ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f74f34fae6468f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee4b6c4b6814666" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da4046aca464ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84117f379c91434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f74f34fae6468f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,826</x:t>
-[...43 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,842</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>98,852</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>98,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,826</x:t>
-[...102 lines deleted...]
-          <x:t>98,900</x:t>
+          <x:t>98,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,894</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>98,914</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,858</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,914</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,890</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>98,904</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>