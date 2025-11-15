--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b68013cd23343b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961b575a10624e20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f74f34fae6468f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d504d7c34e14202"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84117f379c91434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f74f34fae6468f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e3802d63bed49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d504d7c34e14202" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,933</x:t>
-[...65 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>98,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,985</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>98,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,978</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>