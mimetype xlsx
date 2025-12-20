--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961b575a10624e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3414c785ad34131" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d504d7c34e14202"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7f14546f424ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e3802d63bed49a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d504d7c34e14202" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8c808c1f454f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7f14546f424ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,133</x:t>
-[...4 lines deleted...]
-          <x:t>99,149</x:t>
+          <x:t>99,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>