--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3414c785ad34131" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82098cfd5be148e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7f14546f424ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree937067f9104b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8c808c1f454f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7f14546f424ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e19783f704b4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree937067f9104b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>99,230</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,200</x:t>
-[...205 lines deleted...]
-          <x:t>99,238</x:t>
+          <x:t>99,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,217</x:t>
-[...129 lines deleted...]
-          <x:t>99,274</x:t>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,266</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>