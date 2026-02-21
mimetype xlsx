--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82098cfd5be148e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73530974e79e4911" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree937067f9104b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb96eab35fd4cdc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e19783f704b4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree937067f9104b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c853ecdedb4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb96eab35fd4cdc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>99,432</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>