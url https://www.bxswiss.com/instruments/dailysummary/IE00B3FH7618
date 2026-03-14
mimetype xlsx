--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73530974e79e4911" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237463aefb6448bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbb96eab35fd4cdc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b94b6ccdf8c4c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c853ecdedb4a05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbb96eab35fd4cdc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f2fd4d5214b4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b94b6ccdf8c4c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III € Govt Bond 0-1yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3FH7618</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,694</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>98,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>