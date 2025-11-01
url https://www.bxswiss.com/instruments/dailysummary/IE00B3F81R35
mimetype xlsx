--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R971bfce07ff44d16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6e48c123d64e3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e696131dc224c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6ed03c1dce43e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896460fe241147d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e696131dc224c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecc88c561c640b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6ed03c1dce43e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>112,902</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,606</x:t>
-[...426 lines deleted...]
-          <x:t>112,546</x:t>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>112,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>