--- v1 (2025-11-01)
+++ v2 (2026-01-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6e48c123d64e3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09f08d64ccf4474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref6ed03c1dce43e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653bbc11e33c4164"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ecc88c561c640b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref6ed03c1dce43e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d58bef1cb484f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653bbc11e33c4164" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>112,886</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>112,784</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,946</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...234 lines deleted...]
-          <x:t>112,529</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,782</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,744</x:t>
-[...252 lines deleted...]
-          <x:t>112,603</x:t>
+          <x:t>112,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>