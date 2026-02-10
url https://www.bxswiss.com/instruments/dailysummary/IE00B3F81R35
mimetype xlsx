--- v2 (2026-01-02)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra09f08d64ccf4474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6fd39bc67a4e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R653bbc11e33c4164"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab45e52caf0f4cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d58bef1cb484f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R653bbc11e33c4164" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7859062ef94386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab45e52caf0f4cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,349</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>112,473</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>