--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6fd39bc67a4e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f63a30fd76c4b69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab45e52caf0f4cbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e68f93f17214cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a7859062ef94386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab45e52caf0f4cbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93b002023c946ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e68f93f17214cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Corporate Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>110,701</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,999</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>109,981</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,875</x:t>
-[...188 lines deleted...]
-          <x:t>109,569</x:t>
+          <x:t>108,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>