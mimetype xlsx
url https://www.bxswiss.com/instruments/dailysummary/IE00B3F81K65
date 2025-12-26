--- v0 (2025-10-25)
+++ v1 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2d338be6144fd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665f1896634941f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b63ca83bd524a87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce6b9d319174fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2981ecc48ca46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b63ca83bd524a87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra169fc05261c4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce6b9d319174fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81K65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>72,709</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,929</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>72,657</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,435</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>72,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>