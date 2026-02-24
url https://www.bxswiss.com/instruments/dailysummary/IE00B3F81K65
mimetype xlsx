--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R665f1896634941f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6467a07a7ed4228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ce6b9d319174fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44065ac620ba44ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra169fc05261c4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ce6b9d319174fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb8c31b292c47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44065ac620ba44ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81K65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>71,980</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>