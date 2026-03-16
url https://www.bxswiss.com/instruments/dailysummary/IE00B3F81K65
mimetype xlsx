--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6467a07a7ed4228" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb10ae63b036f497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44065ac620ba44ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra30fafa41e8344ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb8c31b292c47c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44065ac620ba44ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142c1d2fbfff4001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra30fafa41e8344ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Government Bond UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81K65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>70,159</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,399</x:t>
-[...188 lines deleted...]
-          <x:t>69,624</x:t>
+          <x:t>70,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,988</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>70,623</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>