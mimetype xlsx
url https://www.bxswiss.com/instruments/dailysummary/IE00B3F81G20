--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7effc63d65b347b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R828ce555674f4db3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e2b42faebfb4096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2d5b8cc2534a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3f318d1380048e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e2b42faebfb4096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a80686aa0ff4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2d5b8cc2534a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>80,826</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,320</x:t>
-[...92 lines deleted...]
-          <x:t>81,019</x:t>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,343</x:t>
-[...48 lines deleted...]
-          <x:t>81,790</x:t>
+          <x:t>80,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,187</x:t>
-[...269 lines deleted...]
-          <x:t>80,630</x:t>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>