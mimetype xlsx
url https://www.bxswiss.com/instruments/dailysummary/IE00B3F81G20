--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R828ce555674f4db3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7938b685e89b48fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d2d5b8cc2534a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f20e9d93f4b43a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a80686aa0ff4239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d2d5b8cc2534a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb552fee476b74363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f20e9d93f4b43a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,629</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,238</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>