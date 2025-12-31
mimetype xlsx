--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7938b685e89b48fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05525a000f5047a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f20e9d93f4b43a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra20ff6938f7041a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb552fee476b74363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f20e9d93f4b43a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40877bee2d74451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra20ff6938f7041a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,238</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>