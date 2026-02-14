--- v3 (2025-12-31)
+++ v4 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05525a000f5047a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d6f9ab008141dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra20ff6938f7041a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9051b5836dd346ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40877bee2d74451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra20ff6938f7041a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c016de843c4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9051b5836dd346ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>80,729</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>