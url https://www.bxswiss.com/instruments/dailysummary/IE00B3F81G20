--- v4 (2026-02-14)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d6f9ab008141dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab42c0e44b54da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9051b5836dd346ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870b0e0662e44752"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c016de843c4eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9051b5836dd346ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf0a8bdb0e74333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870b0e0662e44752" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>