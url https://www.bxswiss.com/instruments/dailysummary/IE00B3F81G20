--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ab42c0e44b54da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d9f9b8405804faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870b0e0662e44752"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f2c4367e72c48d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cf0a8bdb0e74333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870b0e0662e44752" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a41fed366e64b52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f2c4367e72c48d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Emerging Markets Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3F81G20</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>