--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R293f9da113ba455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f4b6ca76594b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ccacc75d2f4161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3a717f007d486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra340db9a10364d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ccacc75d2f4161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954dacacbcb448c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3a717f007d486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,305</x:t>
-[...80 lines deleted...]
-          <x:t>101,567</x:t>
+          <x:t>101,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,479</x:t>
-[...92 lines deleted...]
-          <x:t>101,379</x:t>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,703</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>101,188</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,334</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>101,529</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>