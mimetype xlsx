--- v1 (2025-11-13)
+++ v2 (2025-12-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f4b6ca76594b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6514a49d04504a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b3a717f007d486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf240d20b1b2f4c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954dacacbcb448c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b3a717f007d486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4668e75342340f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf240d20b1b2f4c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>101,659</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,609</x:t>
-[...80 lines deleted...]
-          <x:t>100,965</x:t>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,238</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,162</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>