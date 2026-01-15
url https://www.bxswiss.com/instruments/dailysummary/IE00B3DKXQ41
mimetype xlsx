--- v2 (2025-12-26)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6514a49d04504a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c3e392d9a74ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf240d20b1b2f4c6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab0ef810cbf14772"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4668e75342340f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf240d20b1b2f4c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ad912d1d9641d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab0ef810cbf14772" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>101,741</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,827</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>101,202</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,364</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>100,943</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>