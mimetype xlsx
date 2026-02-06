--- v3 (2026-01-15)
+++ v4 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41c3e392d9a74ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d3a485c0b64266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab0ef810cbf14772"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ecaa688f217427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63ad912d1d9641d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab0ef810cbf14772" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2e0c284e694794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ecaa688f217427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>