--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d3a485c0b64266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18cdab7af06e4255" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ecaa688f217427f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47883c45fa44f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2e0c284e694794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ecaa688f217427f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e07a85a7454303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47883c45fa44f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>