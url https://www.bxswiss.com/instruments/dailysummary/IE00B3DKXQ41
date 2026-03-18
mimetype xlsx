--- v5 (2026-02-26)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18cdab7af06e4255" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57b0f8679b745c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf47883c45fa44f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4035ba7e1fd34e16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e07a85a7454303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf47883c45fa44f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28ef9930b4294610" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4035ba7e1fd34e16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III EUR Aggregate Bond ESG SRI UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3DKXQ41</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>99,490</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,584</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...509 lines deleted...]
-          <x:t>99,572</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,439</x:t>
-[...80 lines deleted...]
-          <x:t>99,523</x:t>
+          <x:t>99,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>