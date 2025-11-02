--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d79737f7f2451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9d122c4a234682" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc57d245b83354695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d15af83d1d4101"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc796866e2605470b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc57d245b83354695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b20e1077c549f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d15af83d1d4101" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Covered Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8Q275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>133,090</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,977</x:t>
-[...21 lines deleted...]
-          <x:t>133,474</x:t>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,200</x:t>
-[...114 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,225</x:t>
-[...441 lines deleted...]
-          <x:t>132,931</x:t>
+          <x:t>132,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>