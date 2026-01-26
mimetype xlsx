--- v1 (2025-11-02)
+++ v2 (2026-01-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b9d122c4a234682" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69e5ec748464ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77d15af83d1d4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d812c3f69e4bc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b20e1077c549f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77d15af83d1d4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04ee8a295dd42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d812c3f69e4bc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Covered Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8Q275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>132,597</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,726</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>132,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,814</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>132,602</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>