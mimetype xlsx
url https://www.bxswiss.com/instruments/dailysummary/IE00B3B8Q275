--- v2 (2026-01-26)
+++ v3 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69e5ec748464ae2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd83725fcbda45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81d812c3f69e4bc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb9327de6e2c4b68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd04ee8a295dd42ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81d812c3f69e4bc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9919b3f01fac4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb9327de6e2c4b68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Covered Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8Q275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>