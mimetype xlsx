--- v3 (2026-02-19)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd83725fcbda45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73153cc1348c4773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb9327de6e2c4b68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a73c85fbe1498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9919b3f01fac4534" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb9327de6e2c4b68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a89cab9a7d4855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a73c85fbe1498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Euro Covered Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8Q275</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>129,904</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,162</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>130,204</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>