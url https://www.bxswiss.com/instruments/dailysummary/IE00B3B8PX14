--- v0 (2025-10-14)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e70e197fcab49fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6caa5437a55d4aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a8c544dfa74522"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a3d908aee24810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888afa97f0064222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a8c544dfa74522" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828a4036a93b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a3d908aee24810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Government Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8PX14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>130,895</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,688</x:t>
-[...571 lines deleted...]
-          <x:t>131,563</x:t>
+          <x:t>131,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>