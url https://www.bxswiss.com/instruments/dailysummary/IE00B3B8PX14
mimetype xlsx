--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6caa5437a55d4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc462ac6f29ac45a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a3d908aee24810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e565b19cab94afe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828a4036a93b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a3d908aee24810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7400a032324855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e565b19cab94afe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Government Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8PX14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,261</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>