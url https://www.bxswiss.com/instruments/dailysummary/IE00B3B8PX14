--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc462ac6f29ac45a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bd9eaa515f4c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e565b19cab94afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac814cd1619d40ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e7400a032324855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e565b19cab94afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8599c90f579e4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac814cd1619d40ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Government Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8PX14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>129,925</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>132,345</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>