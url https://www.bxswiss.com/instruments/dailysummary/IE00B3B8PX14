--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bd9eaa515f4c8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd14bd252f094036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac814cd1619d40ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c0cb4f747e64e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8599c90f579e4270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac814cd1619d40ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e986436503148b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c0cb4f747e64e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Government Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8PX14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>