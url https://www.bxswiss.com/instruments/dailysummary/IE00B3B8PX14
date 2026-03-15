--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd14bd252f094036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc561ccc691e4ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c0cb4f747e64e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86387cea6dec41ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e986436503148b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c0cb4f747e64e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R164c624f8d7d4c62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86387cea6dec41ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Global Inflation Linked Government Bond UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B3B8PX14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>128,150</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,150</x:t>
-[...421 lines deleted...]
-          <x:t>129,454</x:t>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,269</x:t>
-[...31 lines deleted...]
-          <x:t>130,117</x:t>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,138</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>