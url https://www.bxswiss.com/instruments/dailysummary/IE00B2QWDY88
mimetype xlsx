--- v0 (2025-10-08)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4284423e964532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147080eeb0b848e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e1576b70e4f40a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4f2d869a624fcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra842c0de49f24fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e1576b70e4f40a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0e7cba2063458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4f2d869a624fcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>40,864</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,016</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>41,447</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,232</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...175 lines deleted...]
-          <x:t>40,848</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>40,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>40,714</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>40,934</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>40,754</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>