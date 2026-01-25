--- v1 (2025-11-01)
+++ v2 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147080eeb0b848e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ba22a5e63f460f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb4f2d869a624fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b93c5993bb84422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c0e7cba2063458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb4f2d869a624fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbbe0d13af00407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b93c5993bb84422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>40,501</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>