--- v2 (2026-01-25)
+++ v3 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ba22a5e63f460f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d6543a01884611" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b93c5993bb84422"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc07bf09409442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbbe0d13af00407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b93c5993bb84422" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7f4ce54f3a41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc07bf09409442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,507</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>