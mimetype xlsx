--- v3 (2026-02-15)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5d6543a01884611" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd805818729894dd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc07bf09409442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf61e8fb79141bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7f4ce54f3a41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc07bf09409442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4415779f8c9741a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf61e8fb79141bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>