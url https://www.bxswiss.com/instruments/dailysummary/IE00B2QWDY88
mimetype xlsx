--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd805818729894dd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb427293b5139418b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf61e8fb79141bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R551af8dc21af487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4415779f8c9741a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf61e8fb79141bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60520b061cb84e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R551af8dc21af487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III MSCI Japan Small Cap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDY88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>42,510</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,577</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>43,376</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>