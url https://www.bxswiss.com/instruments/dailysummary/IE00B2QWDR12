--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ccfa43d151d4c1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1375e58b7c7849ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra34f860491f14cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822e7734e75f4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2133208eeb424520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra34f860491f14cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5044eee8ba244ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822e7734e75f4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,413</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>40,223</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,576</x:t>
-[...323 lines deleted...]
-          <x:t>39,545</x:t>
+          <x:t>40,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>