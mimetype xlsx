--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1375e58b7c7849ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134a78433b2142d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R822e7734e75f4cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a53cb6b4bbe4c38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5044eee8ba244ca0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R822e7734e75f4cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra573476f93fb40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a53cb6b4bbe4c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,988</x:t>
-[...387 lines deleted...]
-          <x:t>39,569</x:t>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>