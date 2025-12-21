--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134a78433b2142d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8b6eec70e14bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a53cb6b4bbe4c38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2528fea8820945eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra573476f93fb40a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a53cb6b4bbe4c38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78084be06b8346b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2528fea8820945eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>