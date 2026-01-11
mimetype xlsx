--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a8b6eec70e14bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbcd55b89f6b4a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2528fea8820945eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1528d0a1f3a4083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78084be06b8346b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2528fea8820945eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a00dc336df4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1528d0a1f3a4083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,586</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>