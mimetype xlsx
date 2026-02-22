--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbcd55b89f6b4a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da885926728441f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1528d0a1f3a4083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e6069366c9e4a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2a00dc336df4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1528d0a1f3a4083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eb36fc858d54571" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e6069366c9e4a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI AC Far East ex-Japan Small Cap UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWDR12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>40,458</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>