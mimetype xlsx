--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667acc6b2e2645c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a7dfe0b313492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc076da736384db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c4c43bea194941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bfa1cdab7b9447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc076da736384db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c112ee2f0749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c4c43bea194941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,968</x:t>
-[...102 lines deleted...]
-          <x:t>76,915</x:t>
+          <x:t>75,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>76,995</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>