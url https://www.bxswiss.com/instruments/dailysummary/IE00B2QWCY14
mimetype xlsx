--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49a7dfe0b313492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8b03785fac4c40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9c4c43bea194941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c8eb5f8db543ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c112ee2f0749f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9c4c43bea194941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde492b548a364a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c8eb5f8db543ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>76,989</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,728</x:t>
-[...571 lines deleted...]
-          <x:t>77,181</x:t>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,171</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>