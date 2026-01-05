--- v2 (2025-11-13)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b8b03785fac4c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc334e90d59aa471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c8eb5f8db543ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b73df893d4d42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde492b548a364a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c8eb5f8db543ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf04b60190db640f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b73df893d4d42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>76,171</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>