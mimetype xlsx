--- v3 (2026-01-05)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc334e90d59aa471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75d5724b27c43ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b73df893d4d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe11c91b225e4734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf04b60190db640f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b73df893d4d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4192e2ab694a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe11c91b225e4734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>79,204</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,642</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>79,006</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>