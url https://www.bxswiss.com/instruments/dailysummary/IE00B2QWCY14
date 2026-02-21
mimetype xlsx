--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75d5724b27c43ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de7bc7f16324e6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe11c91b225e4734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344dacc7f86040d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4192e2ab694a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe11c91b225e4734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2d28a55d534f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344dacc7f86040d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>82,267</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,211</x:t>
-[...377 lines deleted...]
-          <x:t>78,947</x:t>
+          <x:t>82,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>