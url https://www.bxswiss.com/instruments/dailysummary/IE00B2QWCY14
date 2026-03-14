--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8de7bc7f16324e6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98ded353cef4c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R344dacc7f86040d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdad077f57bf0412a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2d28a55d534f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R344dacc7f86040d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7828029a9fd24313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdad077f57bf0412a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P SmallCap 600 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2QWCY14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,944</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>