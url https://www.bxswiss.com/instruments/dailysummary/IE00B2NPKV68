--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R986c64a5e33e44b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2901fdb3e3694b66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f1ac7866444822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee311b4b38b43c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R246cee6dbdf647a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f1ac7866444822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd4f122ab0e470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee311b4b38b43c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>73,405</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,046</x:t>
-[...97 lines deleted...]
-          <x:t>73,205</x:t>
+          <x:t>73,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,205</x:t>
-[...436 lines deleted...]
-          <x:t>73,856</x:t>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>