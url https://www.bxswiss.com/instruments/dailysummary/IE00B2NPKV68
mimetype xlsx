--- v1 (2025-10-23)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2901fdb3e3694b66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0675cd85a8e344d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee311b4b38b43c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85493bcac1224054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd4f122ab0e470c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee311b4b38b43c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1737d1d11846f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85493bcac1224054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>73,591</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,660</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>73,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>