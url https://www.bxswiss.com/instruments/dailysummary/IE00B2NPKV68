--- v2 (2025-11-14)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0675cd85a8e344d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f224e49e584158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85493bcac1224054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289136be62a341f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e1737d1d11846f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85493bcac1224054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4afcbf9a074d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289136be62a341f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,491</x:t>
-[...603 lines deleted...]
-          <x:t>73,705</x:t>
+          <x:t>74,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>