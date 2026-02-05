--- v3 (2026-01-15)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f224e49e584158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e94720825d4eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R289136be62a341f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b2ba3d75474706"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c4afcbf9a074d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R289136be62a341f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a4855fdf21435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b2ba3d75474706" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>74,019</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,559</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>74,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>