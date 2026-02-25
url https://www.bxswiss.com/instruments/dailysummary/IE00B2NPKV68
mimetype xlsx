--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1e94720825d4eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bda8a5bd5664047" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41b2ba3d75474706"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb79379a46084d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10a4855fdf21435a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41b2ba3d75474706" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e25269eda840cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb79379a46084d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,421</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>