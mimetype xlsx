--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bda8a5bd5664047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30b20d94939a439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb79379a46084d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8817669e93364fdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72e25269eda840cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb79379a46084d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033229628d354a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8817669e93364fdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II J.P. Morgan USD Emerging Markets Bond UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B2NPKV68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>72,712</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,222</x:t>
-[...43 lines deleted...]
-          <x:t>71,473</x:t>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,415</x:t>
-[...517 lines deleted...]
-          <x:t>72,925</x:t>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>