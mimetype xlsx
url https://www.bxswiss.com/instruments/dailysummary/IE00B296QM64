--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b0343e4e1f4e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461401553e4b4217" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0269c2e264504cd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5724fec14ef945b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319680a763184e35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0269c2e264504cd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7948a9a435f410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5724fec14ef945b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Islamic UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B296QM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>83,104</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>