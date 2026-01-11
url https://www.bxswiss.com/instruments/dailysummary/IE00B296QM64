--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R461401553e4b4217" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd81e479d935c4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5724fec14ef945b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5788b6eedcb4fd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7948a9a435f410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5724fec14ef945b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc117485c1b4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5788b6eedcb4fd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Islamic UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B296QM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>84,601</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>82,035</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>