--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd81e479d935c4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725e434107e24c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5788b6eedcb4fd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd11be9ec9a470f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc117485c1b4cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5788b6eedcb4fd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341c8bcad67b499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd11be9ec9a470f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI USA Islamic UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B296QM64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,348</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>