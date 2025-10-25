--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546b7c41ffb84ba3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f1bdabc5b94a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7c2ecf0ac0841ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d79b4b431fa4f1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R287619cffa9a42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7c2ecf0ac0841ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e9e521b4224969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d79b4b431fa4f1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>