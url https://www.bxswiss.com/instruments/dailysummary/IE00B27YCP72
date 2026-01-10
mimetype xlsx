--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f1bdabc5b94a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f6e552fbc44e2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d79b4b431fa4f1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc0edff07744cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e9e521b4224969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d79b4b431fa4f1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d742fd1b654d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc0edff07744cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>23,480</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,376</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>23,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>