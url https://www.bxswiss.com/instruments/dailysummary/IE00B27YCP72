--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f6e552fbc44e2f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re838fc18a066484e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfc0edff07744cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f64074182a4f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d742fd1b654d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfc0edff07744cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a271b9cb0994471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f64074182a4f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>25,623</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>