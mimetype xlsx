--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re838fc18a066484e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e3bc690ac9f4af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f64074182a4f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra746186deaec493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a271b9cb0994471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f64074182a4f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81072660bfbb4654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra746186deaec493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II MSCI EM Islamic UCITS ETF USD (Dist)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>