--- v0 (2025-10-08)
+++ v1 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dcc5ac925742c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ee7b448f8346ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ba7f90b8a7461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffedbd7583de4fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b63a43d5c954a42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ba7f90b8a7461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde26f41b1ce64c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffedbd7583de4fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Timber &amp; Forestry UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>19,611</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>