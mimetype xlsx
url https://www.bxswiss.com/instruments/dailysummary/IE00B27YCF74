--- v1 (2026-01-14)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66ee7b448f8346ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc47380520924963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffedbd7583de4fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828e08fd7dad4d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde26f41b1ce64c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffedbd7583de4fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb48b2263f22422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828e08fd7dad4d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Timber &amp; Forestry UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>20,676</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>