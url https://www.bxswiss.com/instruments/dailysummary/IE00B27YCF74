--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc47380520924963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35982a63bf645f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828e08fd7dad4d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91bad24065944ebd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb48b2263f22422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828e08fd7dad4d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9226449776b14e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91bad24065944ebd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Timber &amp; Forestry UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B27YCF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>20,664</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>10.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,002</x:t>
-[...252 lines deleted...]
-          <x:t>20,741</x:t>
+          <x:t>20,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>