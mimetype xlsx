--- v0 (2025-10-15)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc3a5ff669444c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fd1d26dd8e476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf1a75696f7a4545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151ab2a0ce554bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c81b23a75f844f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf1a75696f7a4545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef32229d7134873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151ab2a0ce554bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI All World 3000 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23LNQ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,727</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>26,698</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>