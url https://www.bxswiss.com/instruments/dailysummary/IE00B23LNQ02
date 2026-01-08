--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fd1d26dd8e476c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb31a2184ab46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151ab2a0ce554bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c2dfa0a78154380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef32229d7134873" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151ab2a0ce554bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b63d679cce413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c2dfa0a78154380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI All World 3000 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23LNQ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>27,442</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,438</x:t>
-[...281 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>27,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,793</x:t>
-[...90 lines deleted...]
-          <x:t>27,517</x:t>
+          <x:t>27,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>