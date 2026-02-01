--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbb31a2184ab46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9cb0d23b147487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c2dfa0a78154380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bc3f68165d4a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b63d679cce413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c2dfa0a78154380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb769d67566594dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bc3f68165d4a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI All World 3000 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23LNQ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,284</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,371</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>