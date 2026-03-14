--- v3 (2026-02-01)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9cb0d23b147487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf7e25bb8c74c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6bc3f68165d4a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5a62a21bc264608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb769d67566594dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6bc3f68165d4a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad52f68de6f54a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5a62a21bc264608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI All World 3000 UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23LNQ02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>28,371</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>