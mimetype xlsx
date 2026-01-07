--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac36b01a23b94fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a819942e3049ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b84a677471f4101"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf50a5b5cd584d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a063956a3b4283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b84a677471f4101" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881fc9c49559479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf50a5b5cd584d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D9570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>8,659</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,778</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>8,732</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>