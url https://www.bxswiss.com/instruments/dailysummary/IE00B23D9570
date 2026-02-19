--- v1 (2026-01-07)
+++ v2 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a819942e3049ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7c4c457f5543b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf50a5b5cd584d74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408e9e2482b84bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881fc9c49559479b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf50a5b5cd584d74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3502cfac3b488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408e9e2482b84bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D9570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>9,353</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>