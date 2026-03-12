--- v2 (2026-02-19)
+++ v3 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e7c4c457f5543b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb36dd5685028400e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408e9e2482b84bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37dbad0e96284569"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3502cfac3b488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408e9e2482b84bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R787eff93ce2a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37dbad0e96284569" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Emerging Markets UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D9570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>9,369</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,366</x:t>
-[...80 lines deleted...]
-          <x:t>9,393</x:t>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,536</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,454</x:t>
-[...259 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,511</x:t>
-[...198 lines deleted...]
-          <x:t>9,578</x:t>
+          <x:t>9,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>