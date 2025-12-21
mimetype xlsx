--- v0 (2025-10-08)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e460f0f445c4ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a087585d6014cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b77ee6b5d2f4f3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ba267356a848da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326f1c1769404dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b77ee6b5d2f4f3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raacac54624b84811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ba267356a848da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8X81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...463 lines deleted...]
-          <x:t>12,677</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,677</x:t>
-[...70 lines deleted...]
-          <x:t>12,882</x:t>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,921</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>12,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>