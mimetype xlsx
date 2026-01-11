--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a087585d6014cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb79f37186974f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ba267356a848da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R401cc46f46d04740"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raacac54624b84811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ba267356a848da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe42291e7a24ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R401cc46f46d04740" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8X81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>13,356</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,308</x:t>
-[...38 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>13,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,438</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>13,504</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,402</x:t>
-[...16 lines deleted...]
-          <x:t>13,472</x:t>
+          <x:t>13,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,429</x:t>
-[...58 lines deleted...]
-          <x:t>13,585</x:t>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>