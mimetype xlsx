--- v2 (2026-01-11)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb79f37186974f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9ad3ac7a28496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R401cc46f46d04740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f47b9eb6fff4cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfe42291e7a24ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R401cc46f46d04740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeb93c38e2fa43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f47b9eb6fff4cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8X81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>13,871</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,825</x:t>
+          <x:t>13,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>13,787</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,852</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>13,967</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>