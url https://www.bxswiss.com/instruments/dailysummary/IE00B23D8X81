--- v3 (2026-02-23)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d9ad3ac7a28496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R023cdcd0c7824619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f47b9eb6fff4cc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb893359a349f46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeb93c38e2fa43eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f47b9eb6fff4cc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadcff56f7314a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb893359a349f46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8X81</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>13,978</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,907</x:t>
-[...539 lines deleted...]
-          <x:t>14,398</x:t>
+          <x:t>13,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>