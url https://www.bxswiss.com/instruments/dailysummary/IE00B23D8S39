--- v0 (2025-10-09)
+++ v1 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17b58a303a24360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385724b7d5114869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a45494221c45ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf404819bef664704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735519a43d3847e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a45494221c45ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8bbb39944d4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf404819bef664704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI US 1000 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8S39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>29,783</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>