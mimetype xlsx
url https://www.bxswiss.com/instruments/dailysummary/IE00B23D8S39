--- v1 (2026-02-02)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R385724b7d5114869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831d2ff19cdf4d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf404819bef664704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f4311917c2496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8bbb39944d4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf404819bef664704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbc7b4b006f431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f4311917c2496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI US 1000 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8S39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>30,954</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,266</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>30,528</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>