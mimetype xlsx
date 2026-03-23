--- v2 (2026-02-23)
+++ v3 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831d2ff19cdf4d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8bb4f5c0614790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f4311917c2496b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0d5b6ca92e6454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbc7b4b006f431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f4311917c2496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28d05f57cd545d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0d5b6ca92e6454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE RAFI US 1000 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B23D8S39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,401</x:t>
-[...421 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>31,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,378</x:t>
-[...117 lines deleted...]
-          <x:t>31,410</x:t>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>