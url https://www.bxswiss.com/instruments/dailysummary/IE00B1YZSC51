--- v0 (2025-10-02)
+++ v1 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb80b7d3779254cbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ed07b53f3d453e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec01a7f9a0b14c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a39767f78d48b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red30140b90b44f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec01a7f9a0b14c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2a6be93d6f43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a39767f78d48b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core MSCI Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1YZSC51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>32,928</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>