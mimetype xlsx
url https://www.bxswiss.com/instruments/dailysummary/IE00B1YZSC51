--- v1 (2025-12-30)
+++ v2 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ed07b53f3d453e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c3d1911a2b450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2a39767f78d48b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a58ec8a47a64ccd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2a6be93d6f43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2a39767f78d48b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3941ef87743044ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a58ec8a47a64ccd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core MSCI Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1YZSC51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>33,998</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>