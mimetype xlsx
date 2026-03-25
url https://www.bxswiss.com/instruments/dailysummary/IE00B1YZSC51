--- v2 (2026-02-09)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5c3d1911a2b450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471c1d5e3bc84781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a58ec8a47a64ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5afce5aee9450b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3941ef87743044ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a58ec8a47a64ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4312fbe07cd4ca5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5afce5aee9450b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core MSCI Europe UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1YZSC51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>35,022</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>