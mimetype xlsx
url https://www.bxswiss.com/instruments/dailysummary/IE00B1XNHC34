--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3939a57ef5048d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced24da4090b44f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R437972664a154f72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88679432eec64005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0bbc9ee36e445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R437972664a154f72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb712a76033b742d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88679432eec64005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>6,961</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,893</x:t>
-[...173 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,461</x:t>
-[...36 lines deleted...]
-          <x:t>7,346</x:t>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>