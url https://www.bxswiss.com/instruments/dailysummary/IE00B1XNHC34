--- v1 (2025-11-16)
+++ v2 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced24da4090b44f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a191739e99549c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88679432eec64005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8c8438a8174505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb712a76033b742d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88679432eec64005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec21a9d5d3bd480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8c8438a8174505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>7,996</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,801</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>