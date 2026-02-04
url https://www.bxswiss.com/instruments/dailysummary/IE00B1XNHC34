--- v2 (2026-01-15)
+++ v3 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a191739e99549c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4e1f75a0cc4bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d8c8438a8174505"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133de71d9f0a4637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec21a9d5d3bd480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d8c8438a8174505" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fdd41b82d04c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133de71d9f0a4637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,764</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>