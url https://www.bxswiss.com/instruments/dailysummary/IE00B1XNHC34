--- v3 (2026-02-04)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4e1f75a0cc4bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb561dc8e5f4e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R133de71d9f0a4637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1efa1676074cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fdd41b82d04c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R133de71d9f0a4637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e4392292834659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1efa1676074cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,005</x:t>
+          <x:t>8,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,959</x:t>
-[...33 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,274</x:t>
+          <x:t>8,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,263</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>8,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,225</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>