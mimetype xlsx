--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb561dc8e5f4e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa890deacc894a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b1efa1676074cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b5d4b8e5434d54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80e4392292834659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b1efa1676074cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R062e49e962e845cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b5d4b8e5434d54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares Global Clean Energy Transition UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNHC34</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>8,445</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...514 lines deleted...]
-          <x:t>8,591</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>