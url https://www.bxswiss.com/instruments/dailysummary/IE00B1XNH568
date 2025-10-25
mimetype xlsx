--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846b2cd592504a4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceef088d36814d5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8c5eddf6b040ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec56abf0bd764a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a85a8f51e28427c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8c5eddf6b040ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61f26006dbf4e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec56abf0bd764a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>23,849</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...391 lines deleted...]
-          <x:t>24,397</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,300</x:t>
-[...37 lines deleted...]
-        <x:is>
           <x:t>24,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,273</x:t>
-[...117 lines deleted...]
-          <x:t>24,682</x:t>
+          <x:t>23,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>