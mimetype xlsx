--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceef088d36814d5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363edd3eef404ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec56abf0bd764a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb6616051dc428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra61f26006dbf4e5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec56abf0bd764a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bee906f6a3947ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb6616051dc428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,689</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>24,532</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...316 lines deleted...]
-          <x:t>24,037</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>