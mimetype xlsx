--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R363edd3eef404ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163896bdc609499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bb6616051dc428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65adf2272d7c4882"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bee906f6a3947ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bb6616051dc428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f864618cfa47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65adf2272d7c4882" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,527 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>24,478</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,719</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,615</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>