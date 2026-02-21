--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R163896bdc609499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2c87865dde4fc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65adf2272d7c4882"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra56ed09eda9e4b7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50f864618cfa47c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65adf2272d7c4882" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf7798b5babc4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra56ed09eda9e4b7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>25,228</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,159</x:t>
-[...70 lines deleted...]
-          <x:t>25,809</x:t>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,792</x:t>
-[...107 lines deleted...]
-          <x:t>25,856</x:t>
+          <x:t>25,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>