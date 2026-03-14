--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda2c87865dde4fc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra569125ffb8649db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra56ed09eda9e4b7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R263095ad51e94463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf7798b5babc4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra56ed09eda9e4b7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R212ebf320bf14b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R263095ad51e94463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II FTSE MIB UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1XNH568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,102</x:t>
-[...31 lines deleted...]
-          <x:t>25,303</x:t>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,558</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,384</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>