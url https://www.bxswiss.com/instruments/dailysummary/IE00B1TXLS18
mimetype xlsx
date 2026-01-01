--- v0 (2025-10-10)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3254cc26bb94b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8f9b59e91b4b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bff384a2cf74497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28d2c51dea2045fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34151300122e4893" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bff384a2cf74497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe361811961045ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28d2c51dea2045fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>4,273</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,277</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>4,397</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,352</x:t>
-[...139 lines deleted...]
-          <x:t>4,287</x:t>
+          <x:t>4,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>