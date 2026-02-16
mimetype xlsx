--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde8f9b59e91b4b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R685add7f3093497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28d2c51dea2045fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bfbdfd2b4d04806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe361811961045ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28d2c51dea2045fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43baf93b726341c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bfbdfd2b4d04806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>4,491</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>