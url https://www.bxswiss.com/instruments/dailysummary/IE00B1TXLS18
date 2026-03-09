--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R685add7f3093497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33463a758af84b14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bfbdfd2b4d04806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d7992a29c304fbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43baf93b726341c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bfbdfd2b4d04806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb553999c09442e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d7992a29c304fbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,670</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,638</x:t>
-[...48 lines deleted...]
-          <x:t>4,758</x:t>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,749</x:t>
-[...151 lines deleted...]
-          <x:t>4,732</x:t>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>4,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>