--- v3 (2026-03-09)
+++ v4 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33463a758af84b14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12deaec7487d4c44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d7992a29c304fbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0056bcf06cdf4980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb553999c09442e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d7992a29c304fbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R104da850f85e47c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0056bcf06cdf4980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II UK Property UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXLS18</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...144 lines deleted...]
-          <x:t>4,772</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,731</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>4,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,640</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>