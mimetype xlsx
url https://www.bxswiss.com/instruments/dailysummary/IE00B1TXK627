--- v0 (2025-10-07)
+++ v1 (2025-12-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2974e712920a453c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0608e84e570c4f7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2370fa434c9540a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66d2505f9b549c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03588c6830a04b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2370fa434c9540a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaeea869ac674834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66d2505f9b549c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Water UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXK627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>60,587</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,804</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>59,205</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,558</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>60,486</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>