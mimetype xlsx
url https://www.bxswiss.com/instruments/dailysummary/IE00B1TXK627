--- v1 (2025-12-22)
+++ v2 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0608e84e570c4f7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b443c9c83af46b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66d2505f9b549c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7596a443cfb24e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaeea869ac674834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66d2505f9b549c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eef0e290e444ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7596a443cfb24e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Water UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXK627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>60,470</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>59,949</x:t>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>59,481</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>