--- v2 (2026-02-07)
+++ v3 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b443c9c83af46b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f04ad0101f4f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7596a443cfb24e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974c2867d9884879"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eef0e290e444ade" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7596a443cfb24e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692410142bba483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974c2867d9884879" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Water UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXK627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>61,825</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,177</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...397 lines deleted...]
-          <x:t>61,475</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>