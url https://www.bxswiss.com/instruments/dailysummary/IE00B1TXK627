--- v3 (2026-02-27)
+++ v4 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9f04ad0101f4f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a1278edab94eb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R974c2867d9884879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c29b3b404854ff6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R692410142bba483a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R974c2867d9884879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3ac882bc66445c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c29b3b404854ff6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Global Water UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXK627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>60,849</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,872</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>62,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>