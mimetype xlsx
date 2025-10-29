--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5038d4badb904a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b654e79a902401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cecc68dbff14556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aa2265ced364927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8d6820c4dd24c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cecc68dbff14556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c709c9562434b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aa2265ced364927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Listed Private Equity UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXHL60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>31,011</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,959</x:t>
-[...43 lines deleted...]
-          <x:t>31,033</x:t>
+          <x:t>29,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,743</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>30,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,929</x:t>
-[...124 lines deleted...]
-          <x:t>30,115</x:t>
+          <x:t>29,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29,603</x:t>
-[...161 lines deleted...]
-          <x:t>29,612</x:t>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>