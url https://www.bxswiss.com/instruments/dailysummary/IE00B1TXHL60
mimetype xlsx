--- v1 (2025-10-29)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b654e79a902401d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5130543b28bf46ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aa2265ced364927"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8b3c5df0b64291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c709c9562434b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aa2265ced364927" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5093aaf93d134d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8b3c5df0b64291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Listed Private Equity UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXHL60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>28,929</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,836</x:t>
-[...134 lines deleted...]
-          <x:t>29,169</x:t>
+          <x:t>28,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>