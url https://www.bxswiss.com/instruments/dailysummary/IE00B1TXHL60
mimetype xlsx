--- v2 (2026-01-01)
+++ v3 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5130543b28bf46ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17e6c2cdd4f44d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f8b3c5df0b64291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d7d1ed45724de4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5093aaf93d134d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f8b3c5df0b64291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9a7626277d4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d7d1ed45724de4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Listed Private Equity UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXHL60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>27,864</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,847</x:t>
-[...431 lines deleted...]
-          <x:t>28,552</x:t>
+          <x:t>27,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>