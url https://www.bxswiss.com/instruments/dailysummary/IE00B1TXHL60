--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb17e6c2cdd4f44d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865faf88a0b5434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71d7d1ed45724de4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8dd554012ac4262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b9a7626277d4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71d7d1ed45724de4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd034ca521d2b4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8dd554012ac4262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Listed Private Equity UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXHL60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>