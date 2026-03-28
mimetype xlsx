--- v4 (2026-03-07)
+++ v5 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R865faf88a0b5434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6707d77fc14af3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8dd554012ac4262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf9dd475264783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd034ca521d2b4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8dd554012ac4262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eca69658aa04c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf9dd475264783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Listed Private Equity UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1TXHL60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>