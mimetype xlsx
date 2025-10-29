--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R409191baa25b4090" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbffe57c3a4244c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5626ffc50420481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c6d2c50bf54c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6da3492430d4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5626ffc50420481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86ac925376a4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c6d2c50bf54c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>24,016</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,937</x:t>
-[...43 lines deleted...]
-          <x:t>24,267</x:t>
+          <x:t>23,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,125</x:t>
-[...438 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,932</x:t>
-[...9 lines deleted...]
-          <x:t>23,889</x:t>
+          <x:t>23,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>