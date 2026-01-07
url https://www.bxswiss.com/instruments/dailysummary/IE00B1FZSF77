--- v1 (2025-10-29)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbffe57c3a4244c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f85b0919c8b4946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45c6d2c50bf54c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a338a0daf454c05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf86ac925376a4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45c6d2c50bf54c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87e32c6dc5148c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a338a0daf454c05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>23,840</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>