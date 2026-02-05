--- v2 (2026-01-07)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f85b0919c8b4946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra995dca6a80d4dd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a338a0daf454c05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfaad0acbb8b493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87e32c6dc5148c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a338a0daf454c05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2582f3d35edc4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfaad0acbb8b493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>23,106</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,123</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,076</x:t>
-[...75 lines deleted...]
-          <x:t>23,030</x:t>
+          <x:t>23,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,010</x:t>
-[...112 lines deleted...]
-          <x:t>23,508</x:t>
+          <x:t>23,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>