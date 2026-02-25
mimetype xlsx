--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra995dca6a80d4dd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d8968d6bb14fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfaad0acbb8b493a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7562ade1c47a483f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2582f3d35edc4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfaad0acbb8b493a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b286cc60f5e4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7562ade1c47a483f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,016</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...580 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>