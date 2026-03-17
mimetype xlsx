--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81d8968d6bb14fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534e72e1261f4dc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7562ade1c47a483f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e18077f35904f85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b286cc60f5e4693" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7562ade1c47a483f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabce85ce175c41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e18077f35904f85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II US Property Yield UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSF77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,396</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>