--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45178a0c0b344a13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db3ab2b38eb429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30290360a5ec4734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f10e57ba1c045ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b04287f8c74867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30290360a5ec4734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a17884a1dee40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f10e57ba1c045ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...551 lines deleted...]
-          <x:t>203,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>