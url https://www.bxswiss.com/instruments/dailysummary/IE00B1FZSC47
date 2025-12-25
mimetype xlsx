--- v1 (2025-10-25)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db3ab2b38eb429d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf222eced964be2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f10e57ba1c045ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cb2e7de36d4ce2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a17884a1dee40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f10e57ba1c045ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3b0014af764215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cb2e7de36d4ce2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,919</x:t>
-[...225 lines deleted...]
-          <x:t>204,641</x:t>
+          <x:t>207,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>