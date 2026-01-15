--- v2 (2025-12-25)
+++ v3 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf222eced964be2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d6ac16d0aa4ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cb2e7de36d4ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb37af5384d403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3b0014af764215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cb2e7de36d4ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80293fc52bf45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb37af5384d403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>