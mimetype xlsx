--- v3 (2026-01-15)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d6ac16d0aa4ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40aaf92a9d45426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb37af5384d403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8788a9a28e4e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80293fc52bf45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb37af5384d403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af90526d5634650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8788a9a28e4e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>203,543</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>202,871</x:t>
-[...431 lines deleted...]
-          <x:t>204,693</x:t>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>