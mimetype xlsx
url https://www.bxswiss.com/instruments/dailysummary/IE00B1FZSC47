--- v4 (2026-02-05)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40aaf92a9d45426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36cf2568e43c4837" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d8788a9a28e4e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R871cc5bf451e49cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5af90526d5634650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d8788a9a28e4e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b9dad5f4694fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R871cc5bf451e49cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II USD TIPS UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSC47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>198,642</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>