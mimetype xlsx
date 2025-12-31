--- v0 (2025-10-22)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb456d7a29b450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8d4da79d084a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57745679b18e4ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ac6e76be15483c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4259e09381b04a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57745679b18e4ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R029ad418431549fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ac6e76be15483c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,543</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>10,531</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,539</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...290 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>10,638</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,588</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>10,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>