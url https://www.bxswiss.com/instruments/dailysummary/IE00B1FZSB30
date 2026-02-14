--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8d4da79d084a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1dd18d85ec4da0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3ac6e76be15483c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8224fa7f1164ea3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R029ad418431549fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3ac6e76be15483c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c5cc1c9d22409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8224fa7f1164ea3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,578</x:t>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,506</x:t>
-[...16 lines deleted...]
-          <x:t>10,544</x:t>
+          <x:t>10,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,504</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>10,588</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>