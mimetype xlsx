--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1dd18d85ec4da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13b38b74e2b437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8224fa7f1164ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2322f08aac1a4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c5cc1c9d22409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8224fa7f1164ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb592f1a63a6542db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2322f08aac1a4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>10,731</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,598</x:t>
-[...16 lines deleted...]
-          <x:t>10,670</x:t>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,650</x:t>
-[...60 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>10,486</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>10,548</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>10,511</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,485</x:t>
-[...134 lines deleted...]
-          <x:t>10,499</x:t>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>