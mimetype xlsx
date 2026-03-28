--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra13b38b74e2b437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03fc34126e01475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2322f08aac1a4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c99d36c1566476d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb592f1a63a6542db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2322f08aac1a4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c7a3e9b985a4196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c99d36c1566476d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II Core UK Gilts UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZSB30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>10,548</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>10,511</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,485</x:t>
-[...43 lines deleted...]
-          <x:t>10,455</x:t>
+          <x:t>10,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>10,422</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>10,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>