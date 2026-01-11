--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5522f1b323b04faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62374eb8cc1d421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9e7aa38a684f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f660738302c4de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refe4233699344572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9e7aa38a684f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b233bc615a14c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f660738302c4de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 15-30yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>