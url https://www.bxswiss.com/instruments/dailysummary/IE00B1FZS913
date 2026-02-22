--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62374eb8cc1d421c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb76f66303c4e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f660738302c4de2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39212f73fee54c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b233bc615a14c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f660738302c4de2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9e8ddd34a849a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39212f73fee54c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 15-30yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>153,877</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>