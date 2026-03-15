--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb76f66303c4e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65413d716a0a47bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39212f73fee54c72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8aed22f7636c431d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd9e8ddd34a849a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39212f73fee54c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6805387c976143c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8aed22f7636c431d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares II € Govt Bond 15-30yr UCITS ETF EUR Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00B1FZS913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>153,595</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,894</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>152,797</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,464</x:t>
-[...431 lines deleted...]
-          <x:t>154,552</x:t>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>